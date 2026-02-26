--- v0 (2025-10-19)
+++ v1 (2026-02-26)
@@ -1,6524 +1,1165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7B3EB4F6" w14:textId="0E68440E" w:rsidR="005009BA" w:rsidRPr="005009BA" w:rsidRDefault="00E430C6" w:rsidP="005009BA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7B3EB4F6" w14:textId="55B0B0CC" w:rsidR="005009BA" w:rsidRPr="004702A7" w:rsidRDefault="00A85881" w:rsidP="002D5027">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...222 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="197E96A9" wp14:editId="42C9237B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D431EDC" wp14:editId="067DD9E3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>-389107</wp:posOffset>
+              <wp:posOffset>-396240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>-477237</wp:posOffset>
+              <wp:posOffset>-396240</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1389380" cy="1475740"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="1389600" cy="1476000"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="5" name="Grafik 5"/>
+            <wp:docPr id="8" name="Grafik 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Grafik 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1389380" cy="1475740"/>
+                      <a:ext cx="1389600" cy="1476000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-    <w:p w14:paraId="66225185" w14:textId="3FDFC650" w:rsidR="006D19FF" w:rsidRDefault="00B57FE1" w:rsidP="005009BA">
+      <w:r w:rsidR="004702A7" w:rsidRPr="004702A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Titel, hier steht der Tit</w:t>
+      </w:r>
+      <w:r w:rsidR="004702A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477C0FE3" w14:textId="33D9F04B" w:rsidR="00322C9E" w:rsidRPr="004702A7" w:rsidRDefault="004702A7" w:rsidP="00942E2C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004702A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Untertitel, hier steht der U</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...2314 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ntertitel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113ACEC9" w14:textId="4DEA1FD3" w:rsidR="00271245" w:rsidRPr="00852304" w:rsidRDefault="004702A7" w:rsidP="00271245">
+      <w:pPr>
+        <w:spacing w:after="480"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00852304">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Autor:in</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708CAEB7" w14:textId="0D8CE211" w:rsidR="00F823BF" w:rsidRPr="00095BF3" w:rsidRDefault="00F823BF" w:rsidP="00F41535">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text, Text, Text,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D464CF" w14:textId="65B76082" w:rsidR="00F823BF" w:rsidRPr="00095BF3" w:rsidRDefault="00F823BF" w:rsidP="00F41535">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zusammenfassung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Text, Text, Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402C02B6" w14:textId="6D49ED24" w:rsidR="00F823BF" w:rsidRPr="008E313B" w:rsidRDefault="00F823BF" w:rsidP="00F41535">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008E313B" w:rsidRPr="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keyword 1, Keyword 2, Keyword 3, Keyword 4, e</w:t>
+      </w:r>
+      <w:r w:rsidR="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tc…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7370CBB8" w14:textId="7B32B955" w:rsidR="00F823BF" w:rsidRPr="00095BF3" w:rsidRDefault="00F823BF" w:rsidP="00F41535">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="273970"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schlagworte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008E313B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="mt-MT"/>
+        </w:rPr>
+        <w:t>Schlagwort 1, Schlagwort 2, Schlagwort 3, Schlagword 4, etc...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D3E127" w14:textId="2EC44875" w:rsidR="006101FB" w:rsidRPr="00DF7520" w:rsidRDefault="007B22FB" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:before="400" w:after="80" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="mt-MT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Überschrift 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>. Kategorie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13724DB1" w14:textId="2D56F528" w:rsidR="00210B1F" w:rsidRPr="00DF7520" w:rsidRDefault="001A3586" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759B4D21" w14:textId="439AE5CA" w:rsidR="007B22FB" w:rsidRPr="00DF7520" w:rsidRDefault="007B22FB" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:before="320" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>category</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:t>Überschrift 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>headline</w:t>
-[...410 lines deleted...]
-      <w:r>
+        <w:t>. Kategorie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371A653C" w14:textId="14B64872" w:rsidR="001A3586" w:rsidRPr="00DF7520" w:rsidRDefault="001A3586" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70501CFA" w14:textId="37FD7F4D" w:rsidR="001A3586" w:rsidRPr="00DF7520" w:rsidRDefault="007B22FB" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Überschrift 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Kategorie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B201C2" w14:textId="0C6C5102" w:rsidR="00852304" w:rsidRPr="00E02792" w:rsidRDefault="001A3586" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFA3B88" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00E02792" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CA91E5" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00E02792" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744BCE96" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00E02792" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B414CE0" w14:textId="03E0B8D2" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7520" w:rsidRPr="00DF7520">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2582 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="1800E4BD" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7553E632" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB30D91" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261C41D4" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B773A36" w14:textId="19B1F3F8" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691C75E6" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E3E2CF" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5880C20A" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA0E53A" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D86DBFA" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D2B0C3" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>clita</w:t>
-[...762 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D40B13" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B99067" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE5713E" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43364FB5" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159CBA15" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389B7D9D" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402EBC8A" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C03BF11" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C5CD37" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5E68E2" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EA7EE4" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6412D408" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415D23A1" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2CA078" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2414F24A" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529FBA6D" w14:textId="77777777" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4294FF8C" w14:textId="6D79F7CF" w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidRDefault="00852304" w:rsidP="00DF7520">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00852304" w:rsidRPr="00DF7520" w:rsidSect="00210B1F">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:fmt="numberInDash"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E548163" w14:textId="77777777" w:rsidR="00316344" w:rsidRDefault="00316344" w:rsidP="00280EA1">
+    <w:p w14:paraId="41B08962" w14:textId="77777777" w:rsidR="00A404A0" w:rsidRDefault="00A404A0" w:rsidP="00280EA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D07EED9" w14:textId="77777777" w:rsidR="00316344" w:rsidRDefault="00316344" w:rsidP="00280EA1">
+    <w:p w14:paraId="2B320B58" w14:textId="77777777" w:rsidR="00A404A0" w:rsidRDefault="00A404A0" w:rsidP="00280EA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:id w:val="1429699571"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7AF72679" w14:textId="72805B84" w:rsidR="00280EA1" w:rsidRDefault="00280EA1">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Seitenzahl"/>
           </w:rPr>
         </w:pPr>
@@ -6530,996 +1171,979 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Seitenzahl"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Seitenzahl"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="298EEEA6" w14:textId="77777777" w:rsidR="00280EA1" w:rsidRDefault="00280EA1">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="49C13FCB" w14:textId="77777777" w:rsidR="00667444" w:rsidRDefault="00667444">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="602390C9" w14:textId="77777777" w:rsidR="00456C6F" w:rsidRPr="00977067" w:rsidRDefault="00456C6F" w:rsidP="00456C6F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
-    </w:pPr>
-[...3 lines deleted...]
-      <w:pStyle w:val="Fuzeile"/>
+      <w:jc w:val="both"/>
       <w:rPr>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D61B5D">
+  </w:p>
+  <w:p w14:paraId="57C84D33" w14:textId="3B4609FC" w:rsidR="00456C6F" w:rsidRPr="00977067" w:rsidRDefault="00456C6F" w:rsidP="00456C6F">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+      <w:jc w:val="both"/>
       <w:rPr>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>ZKR</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="00280EA1" w:rsidRPr="00D61B5D">
+    </w:pPr>
+    <w:r w:rsidRPr="00977067">
       <w:rPr>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 1(2022</w:t>
+      <w:t>ZKR 3 (2024)</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D61B5D">
+    <w:r w:rsidR="003044AF">
       <w:rPr>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>) (vorgesehen) – Pre</w:t>
+      <w:t xml:space="preserve"> [vorgesehen]</w:t>
     </w:r>
-    <w:r w:rsidR="00E23AB5" w:rsidRPr="00D61B5D">
+    <w:r w:rsidR="00942E2C" w:rsidRPr="00977067">
       <w:rPr>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
-[...15 lines deleted...]
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="00C5444C" w:rsidRPr="00977067">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">Artikel veröffentlicht am </w:t>
+    </w:r>
+    <w:r w:rsidR="00CA33FF">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>(Datum)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2D78A8D5" w14:textId="4239F60B" w:rsidR="00C5444C" w:rsidRPr="00977067" w:rsidRDefault="00CA33FF" w:rsidP="00C5444C">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00977067">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>ISSN: 2941-430X</w:t>
+    </w:r>
+    <w:r w:rsidR="00C5444C" w:rsidRPr="00977067">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00C5444C" w:rsidRPr="00977067">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Als Preprint</w:t>
+    </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="Seitenzahl"/>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:id w:val="-1345776356"/>
+      <w:id w:val="-976688022"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rStyle w:val="Seitenzahl"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="2A8D0BB8" w14:textId="77777777" w:rsidR="00280EA1" w:rsidRPr="001E32FF" w:rsidRDefault="00280EA1" w:rsidP="00280EA1">
+      <w:p w14:paraId="181FAABD" w14:textId="348BD730" w:rsidR="00280EA1" w:rsidRPr="00977067" w:rsidRDefault="00456C6F" w:rsidP="00456C6F">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
-          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="222"/>
-[...2 lines deleted...]
-            <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...4 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...5 lines deleted...]
-          <w:t>1</w:t>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="181FAABD" w14:textId="63B4874E" w:rsidR="00280EA1" w:rsidRPr="00D61B5D" w:rsidRDefault="00210B1F" w:rsidP="00210B1F">
-[...78 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...2 lines deleted...]
-      <w:pStyle w:val="Fuzeile"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
       <w:rPr>
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
-[...7 lines deleted...]
-        <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...55 lines deleted...]
-      <w:id w:val="-1956403348"/>
+      <w:id w:val="1712372363"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rStyle w:val="Seitenzahl"/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="2DE51A3B" w14:textId="77777777" w:rsidR="00A76E3D" w:rsidRPr="001E32FF" w:rsidRDefault="00A76E3D" w:rsidP="00A76E3D">
+      <w:p w14:paraId="2CEC9AD0" w14:textId="77777777" w:rsidR="00F965BA" w:rsidRPr="00977067" w:rsidRDefault="00F965BA" w:rsidP="00456C6F">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
-          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="222"/>
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+          <w:jc w:val="both"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+      </w:p>
+      <w:p w14:paraId="0F3A09EC" w14:textId="2A5A13A5" w:rsidR="00456C6F" w:rsidRPr="00977067" w:rsidRDefault="00456C6F" w:rsidP="00F965BA">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="both"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Zeitschrift für Kanonisches Recht Band </w:t>
+        </w:r>
+        <w:r w:rsidR="00852304">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>?</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (202</w:t>
+        </w:r>
+        <w:r w:rsidR="00852304">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>?</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+        <w:r w:rsidR="003044AF">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> [vorgesehen]</w:t>
+        </w:r>
+        <w:r w:rsidR="00C5444C" w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00F965BA" w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Artikel veröffentlicht </w:t>
+        </w:r>
+        <w:r w:rsidR="003044AF">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">am </w:t>
+        </w:r>
+        <w:r w:rsidR="00852304">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>(Datum)</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="0E78EB48" w14:textId="749B1F6A" w:rsidR="00456C6F" w:rsidRPr="00977067" w:rsidRDefault="00F965BA" w:rsidP="00456C6F">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="both"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ISSN:</w:t>
+        </w:r>
+        <w:r w:rsidR="00942E2C" w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2941-430X</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="003044AF">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Als </w:t>
+        </w:r>
+        <w:r w:rsidR="00852304">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="273970"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Preprint</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="3E299115" w14:textId="75210281" w:rsidR="000B5555" w:rsidRPr="00977067" w:rsidRDefault="00456C6F" w:rsidP="00456C6F">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...4 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="001E32FF">
-[...2 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+        <w:r w:rsidRPr="00977067">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="492C03E1" w14:textId="2F85D7BF" w:rsidR="00A76E3D" w:rsidRPr="008317B4" w:rsidRDefault="00210B1F" w:rsidP="00210B1F">
-[...78 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="617D43AC" w14:textId="77777777" w:rsidR="00316344" w:rsidRDefault="00316344" w:rsidP="00280EA1">
-      <w:r>
+    <w:p w14:paraId="254FDF4A" w14:textId="77777777" w:rsidR="00A404A0" w:rsidRPr="00D50354" w:rsidRDefault="00A404A0" w:rsidP="00280EA1">
+      <w:r w:rsidRPr="00D50354">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38F98292" w14:textId="77777777" w:rsidR="00316344" w:rsidRDefault="00316344" w:rsidP="00280EA1">
+    <w:p w14:paraId="217578AE" w14:textId="77777777" w:rsidR="00A404A0" w:rsidRDefault="00A404A0" w:rsidP="00280EA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="62720387" w14:textId="01D0AF77" w:rsidR="008F5C9F" w:rsidRDefault="008F5C9F">
+    <w:p w14:paraId="5F1EF1B5" w14:textId="3E94D8E3" w:rsidR="00DF7520" w:rsidRPr="00DF7520" w:rsidRDefault="00DF7520" w:rsidP="00DF7520">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7170"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rStyle w:val="Funotenzeichen"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vgl. Nachname, Vorname, Titel</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Funotenzeichen"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Untertitel, Ort, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...8 lines deleted...]
-        <w:t>Jahr.</w:t>
+        <w:t>Auflage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7520">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Jahr (= Reihe), Seitenangabe.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="61D851F8" w14:textId="77777777" w:rsidR="00280EA1" w:rsidRDefault="00280EA1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="49F001DF" w14:textId="471D7A5A" w:rsidR="00280EA1" w:rsidRDefault="00280EA1">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CD72F5" wp14:editId="5EBFEF01">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CD72F5" wp14:editId="2034CA8B">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="page">
+              <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
-              <mc:AlternateContent>
-[...12 lines deleted...]
-              <wp:effectExtent l="0" t="0" r="1270" b="2540"/>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>323850</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7200000" cy="288000"/>
+              <wp:effectExtent l="0" t="0" r="1270" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="17" name="Rechteck 17" title="Dokumenttitel"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="914400" cy="283464"/>
+                        <a:ext cx="7200000" cy="288000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
-                        <a:schemeClr val="tx2"/>
+                        <a:srgbClr val="273970"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="2">
                         <a:schemeClr val="accent1">
                           <a:shade val="50000"/>
                         </a:schemeClr>
                       </a:lnRef>
                       <a:fillRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2AB0DA67" w14:textId="05FE2899" w:rsidR="00280EA1" w:rsidRPr="00280EA1" w:rsidRDefault="00BC2D8A">
+                        <w:p w14:paraId="2AB0DA67" w14:textId="0BE32F08" w:rsidR="00280EA1" w:rsidRPr="00095BF3" w:rsidRDefault="00FA35D8" w:rsidP="00003D33">
                           <w:pPr>
                             <w:pStyle w:val="KeinLeerraum"/>
-                            <w:jc w:val="center"/>
+                            <w:tabs>
+                              <w:tab w:val="left" w:pos="567"/>
+                              <w:tab w:val="right" w:pos="10773"/>
+                            </w:tabs>
+                            <w:ind w:right="117"/>
                             <w:rPr>
-                              <w:b/>
-                              <w:caps/>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                              <w:bCs/>
+                              <w:smallCaps/>
                               <w:spacing w:val="20"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                               <w:lang w:val="de-DE"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00095BF3">
                             <w:rPr>
-                              <w:b/>
-[...11 lines deleted...]
-                              <w:caps/>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                              <w:bCs/>
+                              <w:smallCaps/>
                               <w:spacing w:val="20"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                               <w:lang w:val="de-DE"/>
                             </w:rPr>
                             <w:tab/>
                           </w:r>
-                          <w:r w:rsidR="00951D9B">
+                          <w:r w:rsidR="004702A7">
                             <w:rPr>
-                              <w:b/>
-                              <w:caps/>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                              <w:bCs/>
+                              <w:smallCaps/>
+                              <w:spacing w:val="20"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                              <w:lang w:val="de-DE"/>
+                            </w:rPr>
+                            <w:t>(Kurz)Titel</w:t>
+                          </w:r>
+                          <w:r w:rsidR="000A291F" w:rsidRPr="00095BF3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                              <w:bCs/>
+                              <w:smallCaps/>
                               <w:spacing w:val="20"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                               <w:lang w:val="de-DE"/>
                             </w:rPr>
                             <w:tab/>
                           </w:r>
-                          <w:r w:rsidR="00951D9B">
+                          <w:r w:rsidR="004702A7">
                             <w:rPr>
-                              <w:b/>
-[...55 lines deleted...]
-                              <w:caps/>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                              <w:bCs/>
+                              <w:smallCaps/>
                               <w:spacing w:val="20"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                               <w:lang w:val="de-DE"/>
                             </w:rPr>
                             <w:t>Autor:in</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
-                <wp14:pctWidth>94100</wp14:pctWidth>
+                <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="42CD72F5" id="Rechteck 17" o:spid="_x0000_s1029" alt="Titel: Dokumenttitel" style="position:absolute;margin-left:0;margin-top:0;width:1in;height:22.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:941;mso-height-percent:0;mso-top-percent:30;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-percent:941;mso-height-percent:0;mso-top-percent:30;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgDNnzoAIAAJ0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayrOuCOkXQosOA&#10;oi3aDj0rslQLlUVNUmJnXz9Ksp2uK3YYloNDUuQj+UTx9KxvNdkJ5xWYis6OSkqE4VAr81TR7w+X&#10;H04o8YGZmmkwoqJ74enZ6v27084uxRwa0LVwBEGMX3a2ok0IdlkUnjeiZf4IrDB4KMG1LKDqnora&#10;sQ7RW13My/K46MDV1gEX3qP1Ih/SVcKXUvBwI6UXgeiKYm0hfV36buK3WJ2y5ZNjtlF8KIP9QxUt&#10;UwaTTlAXLDCydeoPqFZxBx5kOOLQFiCl4iL1gN3Mylfd3DfMitQLkuPtRJP/f7D8enfriKrx7j5T&#10;YliLd3QneBMEfybRFFTQaLuA520rTEBV6MhaZ/0Sg+/trRs0j2KkoJeujf/YHOkT0/uJadEHwtH4&#10;ZbZYlHgfHI/mJx8Xx4uIWRyCrfPhq4CWRKGiDi8y8ct2Vz5k19El5vKgVX2ptE5KHB5xrh3ZMbz2&#10;0M8H8N+8tIm+BmJUBoyWIvaVO0lS2GsR/bS5ExJ5wtrnqZA0oYckjHNkZ5aPGlaLnPtTib8x+1hW&#10;ajQBRmSJ+SfsAWD0zCAjdq5y8I+hIg34FFz+rbAcPEWkzGDCFNwqA+4tAI1dDZmz/0hSpiayFPpN&#10;jy5R3EC9x4FykF+at/xS4Q1eMR9umcOnhZeO6yLc4Edq6CoKg0RJA+7nW/bojxOPp5R0+FQr6n9s&#10;mROU6G8G30IaJpzUpCC+e2ndjFazbc8Bx2GGC8nyJEbfoEdROmgfcZusYzY8YoZjzory4EblPOTV&#10;gfuIi/U6ueE7tixcmXvLI3gkNk7mQ//InB3GN+DcX8P4nNny1RRn3xhpYL0NIFUa8QOfA+W4A9Ls&#10;DPsqLpmXevI6bNXVLwAAAP//AwBQSwMEFAAGAAgAAAAhAE1nj/7bAAAABAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj09LxDAQxe+C3yGM4EXcVCmr1KaLfxDEw8KuHjzONtOmtJmUJN3Wb2/Wi14ePN7w&#10;3m/KzWIHcSQfOscKblYZCOLa6Y5bBZ8fr9f3IEJE1jg4JgXfFGBTnZ+VWGg3846O+9iKVMKhQAUm&#10;xrGQMtSGLIaVG4lT1jhvMSbrW6k9zqncDvI2y9bSYsdpweBIz4bqfj9ZBXP/1Yy4vfMv22YyV6bO&#10;nt7feqUuL5bHBxCRlvh3DCf8hA5VYjq4iXUQg4L0SPzVU5bnyR4U5PkaZFXK//DVDwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBgDNnzoAIAAJ0FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBNZ4/+2wAAAAQBAAAPAAAAAAAAAAAAAAAAAPoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" fillcolor="#44546a [3215]" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="42CD72F5" id="Rechteck 17" o:spid="_x0000_s1026" alt="Titel: Dokumenttitel" style="position:absolute;margin-left:0;margin-top:25.5pt;width:566.95pt;height:22.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnKqBmegIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k3doGdYogRYYB&#10;RVu0HXpWZCk2IIsapcTOfv0o+SNdW+wwLAeFkh4fyWdSl1dtbdheoa/A5nx6MuFMWQlFZbc5//G0&#10;/nTOmQ/CFsKAVTk/KM+vFh8/XDZurmZQgikUMiKxft64nJchuHmWeVmqWvgTcMrSpQasRaAtbrMC&#10;RUPstclmk8nXrAEsHIJU3tPpdXfJF4lfayXDndZeBWZyTrmFtGJaN3HNFpdivkXhykr2aYh/yKIW&#10;laWgI9W1CILtsHpDVVcSwYMOJxLqDLSupEo1UDXTyatqHkvhVKqFxPFulMn/P1p5u39090gyNM7P&#10;PZmxilZjHf8pP9YmsQ6jWKoNTNLhGclPP84k3c3Oz6NNNNnR26EP3xTULBo5R/oYSSOxv/Ghgw6Q&#10;GMyDqYp1ZUza4HazMsj2gj7c7OzzxdnA/gfM2Ai2EN06xniSHWtJVjgYFXHGPijNqoKyn6VMUpup&#10;MY6QUtkw7a5KUagu/JdUZ0c/eqRKE2Fk1hR/5O4JYgu/5e5oenx0ValLR+fJ3xLrnEePFBlsGJ3r&#10;ygK+R2Coqj5yhx9E6qSJKoV20xIkmhsoDvfIELpx8U6uK/qEN8KHe4E0H/TVaebDHS3aQJNz6C3O&#10;SsBf751HPLUt3XLW0Lzl3P/cCVScme+WGvpienoaBzRtyMCXp5vh1O7qFVBHTOlVcTKZERvMYGqE&#10;+pmehGWMRlfCSoqZcxlw2KxCN//0qEi1XCYYDaMT4cY+OhnJo7CxNZ/aZ4Gu799AnX8Lw0yK+as2&#10;7rDR08JyF0BXqcePevaS0yCn3ukfnfhSvNwn1PFpXPwGAAD//wMAUEsDBBQABgAIAAAAIQCihGMa&#10;3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1iL1VpwUGkGaDUKVoKceGjj0&#10;uMTbJBDbUWyS8Pc1p/a0Gs1o5m22mXQrBu5dYw1CPI9AsCmtakyFcDzsnlcgnCejqLWGEW7sYJM/&#10;PmSUKjuaLx4KX4lQYlxKCLX3XSqlK2vW5Oa2YxO8H9tr8kH2lVQ9jaFct/IlihKpqTFhoaaO32su&#10;L8VVI2yLD/rcJ2r1PS5p2KnD5eyqI+LTbNq+gfA8+b8w3PEDOuSB6WSvRjnRIoRHPMJrHO7djReL&#10;NYgTwjpZgswz+Z8//wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCnKqBmegIAAGIFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCihGMa3QAAAAcB&#10;AAAPAAAAAAAAAAAAAAAAANQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#273970" stroked="f" strokeweight="1pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="2AB0DA67" w14:textId="05FE2899" w:rsidR="00280EA1" w:rsidRPr="00280EA1" w:rsidRDefault="00BC2D8A">
+                  <w:p w14:paraId="2AB0DA67" w14:textId="0BE32F08" w:rsidR="00280EA1" w:rsidRPr="00095BF3" w:rsidRDefault="00FA35D8" w:rsidP="00003D33">
                     <w:pPr>
                       <w:pStyle w:val="KeinLeerraum"/>
-                      <w:jc w:val="center"/>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="567"/>
+                        <w:tab w:val="right" w:pos="10773"/>
+                      </w:tabs>
+                      <w:ind w:right="117"/>
                       <w:rPr>
-                        <w:b/>
-                        <w:caps/>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                        <w:bCs/>
+                        <w:smallCaps/>
                         <w:spacing w:val="20"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                         <w:lang w:val="de-DE"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00095BF3">
                       <w:rPr>
-                        <w:b/>
-[...11 lines deleted...]
-                        <w:caps/>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                        <w:bCs/>
+                        <w:smallCaps/>
                         <w:spacing w:val="20"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                         <w:lang w:val="de-DE"/>
                       </w:rPr>
                       <w:tab/>
                     </w:r>
-                    <w:r w:rsidR="00951D9B">
+                    <w:r w:rsidR="004702A7">
                       <w:rPr>
-                        <w:b/>
-                        <w:caps/>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                        <w:bCs/>
+                        <w:smallCaps/>
+                        <w:spacing w:val="20"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                        <w:lang w:val="de-DE"/>
+                      </w:rPr>
+                      <w:t>(Kurz)Titel</w:t>
+                    </w:r>
+                    <w:r w:rsidR="000A291F" w:rsidRPr="00095BF3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                        <w:bCs/>
+                        <w:smallCaps/>
                         <w:spacing w:val="20"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                         <w:lang w:val="de-DE"/>
                       </w:rPr>
                       <w:tab/>
                     </w:r>
-                    <w:r w:rsidR="00951D9B">
+                    <w:r w:rsidR="004702A7">
                       <w:rPr>
-                        <w:b/>
-[...55 lines deleted...]
-                        <w:caps/>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                        <w:bCs/>
+                        <w:smallCaps/>
                         <w:spacing w:val="20"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                         <w:lang w:val="de-DE"/>
                       </w:rPr>
                       <w:t>Autor:in</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap anchorx="page" anchory="page"/>
+              <w10:wrap anchorx="margin" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="49F001DF" w14:textId="77777777" w:rsidR="00280EA1" w:rsidRDefault="00280EA1">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="72BB1E66" w14:textId="77777777" w:rsidR="00E23AB5" w:rsidRDefault="00E23AB5">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5731DA42" w14:textId="79934CC7" w:rsidR="00322C9E" w:rsidRPr="00EA0051" w:rsidRDefault="006F7575" w:rsidP="00322C9E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="273970"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>Fachartikel</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-[...1 lines deleted...]
-  <w:autoHyphenation/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C310DB"/>
-    <w:rsid w:val="00082C3F"/>
+    <w:rsid w:val="00003D33"/>
+    <w:rsid w:val="00005682"/>
+    <w:rsid w:val="000070F9"/>
+    <w:rsid w:val="00021F89"/>
+    <w:rsid w:val="00095BF3"/>
+    <w:rsid w:val="000A291F"/>
+    <w:rsid w:val="000A327F"/>
+    <w:rsid w:val="000B111B"/>
+    <w:rsid w:val="000B5555"/>
+    <w:rsid w:val="000E3C12"/>
     <w:rsid w:val="0017563E"/>
-    <w:rsid w:val="001E32FF"/>
+    <w:rsid w:val="00190110"/>
+    <w:rsid w:val="001A3586"/>
+    <w:rsid w:val="001F5318"/>
+    <w:rsid w:val="00200E57"/>
     <w:rsid w:val="00210B1F"/>
-    <w:rsid w:val="0021139C"/>
+    <w:rsid w:val="00237DD3"/>
+    <w:rsid w:val="00271245"/>
     <w:rsid w:val="00280EA1"/>
-    <w:rsid w:val="002A0795"/>
-    <w:rsid w:val="00316344"/>
+    <w:rsid w:val="002A07D8"/>
+    <w:rsid w:val="002D5027"/>
+    <w:rsid w:val="003044AF"/>
+    <w:rsid w:val="0030538F"/>
+    <w:rsid w:val="00322C9E"/>
     <w:rsid w:val="00331703"/>
-    <w:rsid w:val="004D7E25"/>
-    <w:rsid w:val="004F4867"/>
+    <w:rsid w:val="003418D0"/>
+    <w:rsid w:val="00395945"/>
+    <w:rsid w:val="003B6CD0"/>
+    <w:rsid w:val="003D20EC"/>
+    <w:rsid w:val="00456C6F"/>
+    <w:rsid w:val="004702A7"/>
+    <w:rsid w:val="004A4F5F"/>
+    <w:rsid w:val="004C4244"/>
+    <w:rsid w:val="004D3CA4"/>
     <w:rsid w:val="005009BA"/>
-    <w:rsid w:val="00572D6F"/>
+    <w:rsid w:val="00507D44"/>
+    <w:rsid w:val="0051141A"/>
+    <w:rsid w:val="00513244"/>
+    <w:rsid w:val="00524C11"/>
     <w:rsid w:val="005C4408"/>
-    <w:rsid w:val="00667444"/>
-    <w:rsid w:val="00675C3A"/>
+    <w:rsid w:val="005E5D82"/>
+    <w:rsid w:val="005F2EB3"/>
+    <w:rsid w:val="006101FB"/>
+    <w:rsid w:val="00641C10"/>
     <w:rsid w:val="006C737B"/>
     <w:rsid w:val="006D19FF"/>
-    <w:rsid w:val="00707877"/>
-    <w:rsid w:val="007A007C"/>
+    <w:rsid w:val="006F5E62"/>
+    <w:rsid w:val="006F7575"/>
+    <w:rsid w:val="0078489B"/>
+    <w:rsid w:val="007A654C"/>
+    <w:rsid w:val="007B22FB"/>
     <w:rsid w:val="007B5D79"/>
-    <w:rsid w:val="007D7CDA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00847924"/>
+    <w:rsid w:val="00823909"/>
+    <w:rsid w:val="00843808"/>
+    <w:rsid w:val="0085052E"/>
+    <w:rsid w:val="00852304"/>
     <w:rsid w:val="0086435C"/>
     <w:rsid w:val="00875CAF"/>
     <w:rsid w:val="008B76F6"/>
-    <w:rsid w:val="008C045E"/>
-    <w:rsid w:val="008F5C9F"/>
+    <w:rsid w:val="008E313B"/>
+    <w:rsid w:val="008E56CC"/>
+    <w:rsid w:val="00912E57"/>
+    <w:rsid w:val="00942E2C"/>
     <w:rsid w:val="00951D9B"/>
-    <w:rsid w:val="009A73B4"/>
+    <w:rsid w:val="00951DDF"/>
+    <w:rsid w:val="00977067"/>
+    <w:rsid w:val="009D1FBA"/>
+    <w:rsid w:val="009D538E"/>
     <w:rsid w:val="00A05698"/>
+    <w:rsid w:val="00A13A3C"/>
     <w:rsid w:val="00A31F4F"/>
-    <w:rsid w:val="00A76C2D"/>
+    <w:rsid w:val="00A404A0"/>
+    <w:rsid w:val="00A768FB"/>
     <w:rsid w:val="00A76E3D"/>
-    <w:rsid w:val="00A845A4"/>
-    <w:rsid w:val="00B57FE1"/>
+    <w:rsid w:val="00A85881"/>
+    <w:rsid w:val="00A86375"/>
+    <w:rsid w:val="00A968E8"/>
+    <w:rsid w:val="00AE563C"/>
+    <w:rsid w:val="00B039AF"/>
+    <w:rsid w:val="00B154FB"/>
+    <w:rsid w:val="00B466A8"/>
+    <w:rsid w:val="00B6128B"/>
+    <w:rsid w:val="00B85BA8"/>
+    <w:rsid w:val="00B923B1"/>
     <w:rsid w:val="00B9450A"/>
     <w:rsid w:val="00B9685E"/>
-    <w:rsid w:val="00BB5636"/>
-    <w:rsid w:val="00BC2D8A"/>
     <w:rsid w:val="00BC3766"/>
-    <w:rsid w:val="00C12276"/>
     <w:rsid w:val="00C310DB"/>
+    <w:rsid w:val="00C5444C"/>
+    <w:rsid w:val="00C74CA1"/>
+    <w:rsid w:val="00CA33FF"/>
+    <w:rsid w:val="00CA6578"/>
+    <w:rsid w:val="00CC109F"/>
+    <w:rsid w:val="00D16355"/>
+    <w:rsid w:val="00D20AB9"/>
+    <w:rsid w:val="00D46588"/>
+    <w:rsid w:val="00D50354"/>
     <w:rsid w:val="00D52043"/>
-    <w:rsid w:val="00D61B5D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E430C6"/>
+    <w:rsid w:val="00D751C8"/>
+    <w:rsid w:val="00D75EF0"/>
+    <w:rsid w:val="00DA0634"/>
+    <w:rsid w:val="00DF7520"/>
+    <w:rsid w:val="00E02792"/>
+    <w:rsid w:val="00E156EF"/>
+    <w:rsid w:val="00E2093F"/>
+    <w:rsid w:val="00E33B72"/>
     <w:rsid w:val="00E451C0"/>
+    <w:rsid w:val="00EA0051"/>
+    <w:rsid w:val="00EC4584"/>
+    <w:rsid w:val="00F41535"/>
     <w:rsid w:val="00F41AD5"/>
+    <w:rsid w:val="00F42784"/>
+    <w:rsid w:val="00F73475"/>
+    <w:rsid w:val="00F73E81"/>
     <w:rsid w:val="00F747D1"/>
-    <w:rsid w:val="00FC0511"/>
-    <w:rsid w:val="00FF5569"/>
+    <w:rsid w:val="00F823BF"/>
+    <w:rsid w:val="00F965BA"/>
+    <w:rsid w:val="00FA35D8"/>
+    <w:rsid w:val="00FD4AA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE20CFC"/>
   <w15:docId w15:val="{56C9D6F6-BF64-DE49-B0DC-24FADB3DDDCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -7887,62 +2511,84 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00707877"/>
+    <w:rsid w:val="001F5318"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift2Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F5318"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
@@ -8031,67 +2677,172 @@
     <w:link w:val="Funotentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005C4408"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Funotenzeichen">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C4408"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00707877"/>
+    <w:rsid w:val="001F5318"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001F5318"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hervorhebung">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="006101FB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="369502808">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="544567878">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1156608259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1226262480">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1684628002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2088770535">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8363,72 +3114,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F1A65E9-A319-0D41-AC91-38569604523F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2654</Characters>
+  <Pages>2</Pages>
+  <Words>71</Words>
+  <Characters>453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3069</CharactersWithSpaces>
+  <CharactersWithSpaces>523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Julia-Maria Klesel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>